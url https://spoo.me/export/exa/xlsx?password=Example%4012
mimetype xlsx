--- v0 (2026-02-08)
+++ v1 (2026-03-26)
@@ -461,61 +461,61 @@
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:B19"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="25" customWidth="1" min="1" max="1"/>
     <col width="20" customWidth="1" min="2" max="2"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>TOTAL CLICKS</t>
         </is>
       </c>
       <c r="B1" s="2" t="n">
-        <v>304</v>
+        <v>323</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>TOTAL UNIQUE CLICKS</t>
         </is>
       </c>
       <c r="B2" s="2" t="n">
-        <v>270</v>
+        <v>287</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>URL</t>
         </is>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
           <t>https://example.com</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>SHORT CODE</t>
         </is>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
           <t>exa</t>
         </is>
       </c>
@@ -581,106 +581,106 @@
         <is>
           <t>BLOCK BOTS</t>
         </is>
       </c>
       <c r="B11" s="2" t="b">
         <v>0</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="1" t="inlineStr">
         <is>
           <t>AVERAGE DAILY CLICKS</t>
         </is>
       </c>
       <c r="B12" s="2" t="n">
         <v>0.39</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="1" t="inlineStr">
         <is>
           <t>AVERAGE MONTHLY CLICKS</t>
         </is>
       </c>
       <c r="B13" s="2" t="n">
-        <v>10.13</v>
+        <v>10.77</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="1" t="inlineStr">
         <is>
           <t>AVERAGE WEEKLY CLICKS</t>
         </is>
       </c>
       <c r="B14" s="2" t="n">
-        <v>43.43</v>
+        <v>46.14</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t>AVERAGE REDIRECTION TIME (in s)</t>
         </is>
       </c>
       <c r="B15" s="2" t="n">
-        <v>0.16</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t>LAST CLICK</t>
         </is>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>2026-02-06 20:26:44</t>
+          <t>2026-03-19 21:55:49</t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="1" t="inlineStr">
         <is>
           <t>LAST CLICK BROWSER</t>
         </is>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Firefox</t>
+          <t>Chrome</t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="1" t="inlineStr">
         <is>
           <t>LAST CLICK OS</t>
         </is>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Windows</t>
+          <t>Mac OS X</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="1" t="inlineStr">
         <is>
           <t>LAST CLICK COUNTRY</t>
         </is>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
           <t>India</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
@@ -693,81 +693,81 @@
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="20" customWidth="1" min="1" max="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="inlineStr">
         <is>
           <t>OS_Name</t>
         </is>
       </c>
       <c r="B1" s="3" t="inlineStr">
         <is>
           <t>Count</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>Windows</t>
         </is>
       </c>
       <c r="B2" t="n">
-        <v>158</v>
+        <v>168</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>Android</t>
         </is>
       </c>
       <c r="B3" t="n">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>Linux</t>
         </is>
       </c>
       <c r="B4" t="n">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>Mac OS X</t>
         </is>
       </c>
       <c r="B5" t="n">
-        <v>35</v>
+        <v>40</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t>Ubuntu</t>
         </is>
       </c>
       <c r="B6" t="n">
         <v>7</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>iOS</t>
         </is>
       </c>
       <c r="B7" t="n">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
@@ -787,51 +787,51 @@
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="20" customWidth="1" min="1" max="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="inlineStr">
         <is>
           <t>Referrer</t>
         </is>
       </c>
       <c r="B1" s="3" t="inlineStr">
         <is>
           <t>Count</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>spoo_me</t>
         </is>
       </c>
       <c r="B2" t="n">
-        <v>267</v>
+        <v>284</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>127_0_0_1_</t>
         </is>
       </c>
       <c r="B3" t="n">
         <v>1</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>127_0_0_1</t>
         </is>
       </c>
       <c r="B4" t="n">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
@@ -905,71 +905,71 @@
         </is>
       </c>
       <c r="B1" s="3" t="inlineStr">
         <is>
           <t>Count</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>Edge</t>
         </is>
       </c>
       <c r="B2" t="n">
         <v>26</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>Chrome Mobile</t>
         </is>
       </c>
       <c r="B3" t="n">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>Chrome</t>
         </is>
       </c>
       <c r="B4" t="n">
-        <v>161</v>
+        <v>176</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>Firefox</t>
         </is>
       </c>
       <c r="B5" t="n">
-        <v>44</v>
+        <v>47</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t>Opera</t>
         </is>
       </c>
       <c r="B6" t="n">
         <v>7</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>Yandex Browser</t>
         </is>
       </c>
       <c r="B7" t="n">
         <v>1</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
@@ -1019,51 +1019,51 @@
       <c r="B12" t="n">
         <v>1</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
           <t>Chrome Mobile iOS</t>
         </is>
       </c>
       <c r="B13" t="n">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:B785"/>
+  <dimension ref="A1:B831"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="20" customWidth="1" min="1" max="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="inlineStr">
         <is>
           <t>Date</t>
         </is>
       </c>
       <c r="B1" s="3" t="inlineStr">
         <is>
           <t>Count</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
@@ -8879,125 +8879,585 @@
         <is>
           <t>2026-02-06</t>
         </is>
       </c>
       <c r="B783" t="n">
         <v>1</v>
       </c>
     </row>
     <row r="784">
       <c r="A784" t="inlineStr">
         <is>
           <t>2026-02-07</t>
         </is>
       </c>
       <c r="B784" t="n">
         <v>0</v>
       </c>
     </row>
     <row r="785">
       <c r="A785" t="inlineStr">
         <is>
           <t>2026-02-08</t>
         </is>
       </c>
       <c r="B785" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="786">
+      <c r="A786" t="inlineStr">
+        <is>
+          <t>2026-02-09</t>
+        </is>
+      </c>
+      <c r="B786" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="787">
+      <c r="A787" t="inlineStr">
+        <is>
+          <t>2026-02-10</t>
+        </is>
+      </c>
+      <c r="B787" t="n">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="788">
+      <c r="A788" t="inlineStr">
+        <is>
+          <t>2026-02-11</t>
+        </is>
+      </c>
+      <c r="B788" t="n">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="789">
+      <c r="A789" t="inlineStr">
+        <is>
+          <t>2026-02-12</t>
+        </is>
+      </c>
+      <c r="B789" t="n">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="790">
+      <c r="A790" t="inlineStr">
+        <is>
+          <t>2026-02-13</t>
+        </is>
+      </c>
+      <c r="B790" t="n">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="791">
+      <c r="A791" t="inlineStr">
+        <is>
+          <t>2026-02-14</t>
+        </is>
+      </c>
+      <c r="B791" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="792">
+      <c r="A792" t="inlineStr">
+        <is>
+          <t>2026-02-15</t>
+        </is>
+      </c>
+      <c r="B792" t="n">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="793">
+      <c r="A793" t="inlineStr">
+        <is>
+          <t>2026-02-16</t>
+        </is>
+      </c>
+      <c r="B793" t="n">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="794">
+      <c r="A794" t="inlineStr">
+        <is>
+          <t>2026-02-17</t>
+        </is>
+      </c>
+      <c r="B794" t="n">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="795">
+      <c r="A795" t="inlineStr">
+        <is>
+          <t>2026-02-18</t>
+        </is>
+      </c>
+      <c r="B795" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="796">
+      <c r="A796" t="inlineStr">
+        <is>
+          <t>2026-02-19</t>
+        </is>
+      </c>
+      <c r="B796" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="797">
+      <c r="A797" t="inlineStr">
+        <is>
+          <t>2026-02-20</t>
+        </is>
+      </c>
+      <c r="B797" t="n">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="798">
+      <c r="A798" t="inlineStr">
+        <is>
+          <t>2026-02-21</t>
+        </is>
+      </c>
+      <c r="B798" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="799">
+      <c r="A799" t="inlineStr">
+        <is>
+          <t>2026-02-22</t>
+        </is>
+      </c>
+      <c r="B799" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="800">
+      <c r="A800" t="inlineStr">
+        <is>
+          <t>2026-02-23</t>
+        </is>
+      </c>
+      <c r="B800" t="n">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="801">
+      <c r="A801" t="inlineStr">
+        <is>
+          <t>2026-02-24</t>
+        </is>
+      </c>
+      <c r="B801" t="n">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="802">
+      <c r="A802" t="inlineStr">
+        <is>
+          <t>2026-02-25</t>
+        </is>
+      </c>
+      <c r="B802" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="803">
+      <c r="A803" t="inlineStr">
+        <is>
+          <t>2026-02-26</t>
+        </is>
+      </c>
+      <c r="B803" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="804">
+      <c r="A804" t="inlineStr">
+        <is>
+          <t>2026-02-27</t>
+        </is>
+      </c>
+      <c r="B804" t="n">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="805">
+      <c r="A805" t="inlineStr">
+        <is>
+          <t>2026-02-28</t>
+        </is>
+      </c>
+      <c r="B805" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="806">
+      <c r="A806" t="inlineStr">
+        <is>
+          <t>2026-03-01</t>
+        </is>
+      </c>
+      <c r="B806" t="n">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="807">
+      <c r="A807" t="inlineStr">
+        <is>
+          <t>2026-03-02</t>
+        </is>
+      </c>
+      <c r="B807" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="808">
+      <c r="A808" t="inlineStr">
+        <is>
+          <t>2026-03-03</t>
+        </is>
+      </c>
+      <c r="B808" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="809">
+      <c r="A809" t="inlineStr">
+        <is>
+          <t>2026-03-04</t>
+        </is>
+      </c>
+      <c r="B809" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="810">
+      <c r="A810" t="inlineStr">
+        <is>
+          <t>2026-03-05</t>
+        </is>
+      </c>
+      <c r="B810" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="811">
+      <c r="A811" t="inlineStr">
+        <is>
+          <t>2026-03-06</t>
+        </is>
+      </c>
+      <c r="B811" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="812">
+      <c r="A812" t="inlineStr">
+        <is>
+          <t>2026-03-07</t>
+        </is>
+      </c>
+      <c r="B812" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="813">
+      <c r="A813" t="inlineStr">
+        <is>
+          <t>2026-03-08</t>
+        </is>
+      </c>
+      <c r="B813" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="814">
+      <c r="A814" t="inlineStr">
+        <is>
+          <t>2026-03-09</t>
+        </is>
+      </c>
+      <c r="B814" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="815">
+      <c r="A815" t="inlineStr">
+        <is>
+          <t>2026-03-10</t>
+        </is>
+      </c>
+      <c r="B815" t="n">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="816">
+      <c r="A816" t="inlineStr">
+        <is>
+          <t>2026-03-11</t>
+        </is>
+      </c>
+      <c r="B816" t="n">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="817">
+      <c r="A817" t="inlineStr">
+        <is>
+          <t>2026-03-12</t>
+        </is>
+      </c>
+      <c r="B817" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="818">
+      <c r="A818" t="inlineStr">
+        <is>
+          <t>2026-03-13</t>
+        </is>
+      </c>
+      <c r="B818" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="819">
+      <c r="A819" t="inlineStr">
+        <is>
+          <t>2026-03-14</t>
+        </is>
+      </c>
+      <c r="B819" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="820">
+      <c r="A820" t="inlineStr">
+        <is>
+          <t>2026-03-15</t>
+        </is>
+      </c>
+      <c r="B820" t="n">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="821">
+      <c r="A821" t="inlineStr">
+        <is>
+          <t>2026-03-16</t>
+        </is>
+      </c>
+      <c r="B821" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="822">
+      <c r="A822" t="inlineStr">
+        <is>
+          <t>2026-03-17</t>
+        </is>
+      </c>
+      <c r="B822" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="823">
+      <c r="A823" t="inlineStr">
+        <is>
+          <t>2026-03-18</t>
+        </is>
+      </c>
+      <c r="B823" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="824">
+      <c r="A824" t="inlineStr">
+        <is>
+          <t>2026-03-19</t>
+        </is>
+      </c>
+      <c r="B824" t="n">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="825">
+      <c r="A825" t="inlineStr">
+        <is>
+          <t>2026-03-20</t>
+        </is>
+      </c>
+      <c r="B825" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="826">
+      <c r="A826" t="inlineStr">
+        <is>
+          <t>2026-03-21</t>
+        </is>
+      </c>
+      <c r="B826" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="827">
+      <c r="A827" t="inlineStr">
+        <is>
+          <t>2026-03-22</t>
+        </is>
+      </c>
+      <c r="B827" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="828">
+      <c r="A828" t="inlineStr">
+        <is>
+          <t>2026-03-23</t>
+        </is>
+      </c>
+      <c r="B828" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="829">
+      <c r="A829" t="inlineStr">
+        <is>
+          <t>2026-03-24</t>
+        </is>
+      </c>
+      <c r="B829" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="830">
+      <c r="A830" t="inlineStr">
+        <is>
+          <t>2026-03-25</t>
+        </is>
+      </c>
+      <c r="B830" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="831">
+      <c r="A831" t="inlineStr">
+        <is>
+          <t>2026-03-26</t>
+        </is>
+      </c>
+      <c r="B831" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:B60"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="20" customWidth="1" min="1" max="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="inlineStr">
         <is>
           <t>Country</t>
         </is>
       </c>
       <c r="B1" s="3" t="inlineStr">
         <is>
           <t>Count</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
       <c r="B2" t="n">
-        <v>8</v>
+        <v>9</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>Unknown</t>
         </is>
       </c>
       <c r="B3" t="n">
         <v>4</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>India</t>
         </is>
       </c>
       <c r="B4" t="n">
-        <v>69</v>
+        <v>73</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>United States</t>
         </is>
       </c>
       <c r="B5" t="n">
-        <v>29</v>
+        <v>32</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t>Philippines</t>
         </is>
       </c>
       <c r="B6" t="n">
         <v>6</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>Mexico</t>
         </is>
       </c>
       <c r="B7" t="n">
         <v>2</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
@@ -9013,121 +9473,121 @@
         <is>
           <t>Japan</t>
         </is>
       </c>
       <c r="B9" t="n">
         <v>4</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
           <t>Russia</t>
         </is>
       </c>
       <c r="B10" t="n">
         <v>5</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
           <t>Pakistan</t>
         </is>
       </c>
       <c r="B11" t="n">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
           <t>Vietnam</t>
         </is>
       </c>
       <c r="B12" t="n">
         <v>13</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
           <t>Georgia</t>
         </is>
       </c>
       <c r="B13" t="n">
         <v>1</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
           <t>Indonesia</t>
         </is>
       </c>
       <c r="B14" t="n">
-        <v>30</v>
+        <v>34</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
           <t>China</t>
         </is>
       </c>
       <c r="B15" t="n">
         <v>1</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
           <t>Germany</t>
         </is>
       </c>
       <c r="B16" t="n">
-        <v>11</v>
+        <v>13</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
           <t>Hong Kong</t>
         </is>
       </c>
       <c r="B17" t="n">
         <v>3</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
           <t>Brazil</t>
         </is>
       </c>
       <c r="B18" t="n">
-        <v>7</v>
+        <v>8</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
           <t>United Kingdom</t>
         </is>
       </c>
       <c r="B19" t="n">
         <v>4</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
           <t>Canada</t>
         </is>
       </c>
       <c r="B20" t="n">
         <v>6</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
@@ -9293,51 +9753,51 @@
         <is>
           <t>Slovakia</t>
         </is>
       </c>
       <c r="B37" t="n">
         <v>1</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
           <t>Austria</t>
         </is>
       </c>
       <c r="B38" t="n">
         <v>3</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
           <t>Bangladesh</t>
         </is>
       </c>
       <c r="B39" t="n">
-        <v>8</v>
+        <v>9</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr">
         <is>
           <t>Italy</t>
         </is>
       </c>
       <c r="B40" t="n">
         <v>2</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr">
         <is>
           <t>Denmark</t>
         </is>
       </c>
       <c r="B41" t="n">
         <v>1</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr">
         <is>
@@ -9373,91 +9833,91 @@
         <is>
           <t>Sri Lanka</t>
         </is>
       </c>
       <c r="B45" t="n">
         <v>1</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="inlineStr">
         <is>
           <t>Cyprus</t>
         </is>
       </c>
       <c r="B46" t="n">
         <v>1</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="inlineStr">
         <is>
           <t>South Korea</t>
         </is>
       </c>
       <c r="B47" t="n">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="inlineStr">
         <is>
           <t>Cambodia</t>
         </is>
       </c>
       <c r="B48" t="n">
         <v>6</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="inlineStr">
         <is>
           <t>Argentina</t>
         </is>
       </c>
       <c r="B49" t="n">
         <v>1</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="inlineStr">
         <is>
           <t>Czechia</t>
         </is>
       </c>
       <c r="B50" t="n">
         <v>1</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="inlineStr">
         <is>
           <t>Colombia</t>
         </is>
       </c>
       <c r="B51" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="inlineStr">
         <is>
           <t>Palestine</t>
         </is>
       </c>
       <c r="B52" t="n">
         <v>1</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="inlineStr">
         <is>
           <t>Armenia</t>
         </is>
       </c>
       <c r="B53" t="n">
         <v>1</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="inlineStr">
         <is>
@@ -9547,81 +10007,81 @@
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="20" customWidth="1" min="1" max="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="inlineStr">
         <is>
           <t>OS_Name</t>
         </is>
       </c>
       <c r="B1" s="3" t="inlineStr">
         <is>
           <t>Count</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>Windows</t>
         </is>
       </c>
       <c r="B2" t="n">
-        <v>177</v>
+        <v>188</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>Android</t>
         </is>
       </c>
       <c r="B3" t="n">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>Linux</t>
         </is>
       </c>
       <c r="B4" t="n">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>Mac OS X</t>
         </is>
       </c>
       <c r="B5" t="n">
-        <v>38</v>
+        <v>44</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t>Ubuntu</t>
         </is>
       </c>
       <c r="B6" t="n">
         <v>7</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>iOS</t>
         </is>
       </c>
       <c r="B7" t="n">
         <v>7</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
@@ -9641,51 +10101,51 @@
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="20" customWidth="1" min="1" max="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="inlineStr">
         <is>
           <t>Referrer</t>
         </is>
       </c>
       <c r="B1" s="3" t="inlineStr">
         <is>
           <t>Count</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>spoo_me</t>
         </is>
       </c>
       <c r="B2" t="n">
-        <v>291</v>
+        <v>310</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>127_0_0_1_</t>
         </is>
       </c>
       <c r="B3" t="n">
         <v>1</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>127_0_0_1</t>
         </is>
       </c>
       <c r="B4" t="n">
         <v>2</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
@@ -9715,71 +10175,71 @@
         </is>
       </c>
       <c r="B1" s="3" t="inlineStr">
         <is>
           <t>Count</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>Edge</t>
         </is>
       </c>
       <c r="B2" t="n">
         <v>22</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>Chrome Mobile</t>
         </is>
       </c>
       <c r="B3" t="n">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>Chrome</t>
         </is>
       </c>
       <c r="B4" t="n">
-        <v>145</v>
+        <v>158</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>Firefox</t>
         </is>
       </c>
       <c r="B5" t="n">
-        <v>41</v>
+        <v>44</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t>Opera</t>
         </is>
       </c>
       <c r="B6" t="n">
         <v>7</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>Yandex Browser</t>
         </is>
       </c>
       <c r="B7" t="n">
         <v>1</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
@@ -9829,51 +10289,51 @@
       <c r="B12" t="n">
         <v>1</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
           <t>Chrome Mobile iOS</t>
         </is>
       </c>
       <c r="B13" t="n">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:B785"/>
+  <dimension ref="A1:B831"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="20" customWidth="1" min="1" max="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="inlineStr">
         <is>
           <t>Date</t>
         </is>
       </c>
       <c r="B1" s="3" t="inlineStr">
         <is>
           <t>Count</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
@@ -17689,125 +18149,585 @@
         <is>
           <t>2026-02-06</t>
         </is>
       </c>
       <c r="B783" t="n">
         <v>1</v>
       </c>
     </row>
     <row r="784">
       <c r="A784" t="inlineStr">
         <is>
           <t>2026-02-07</t>
         </is>
       </c>
       <c r="B784" t="n">
         <v>0</v>
       </c>
     </row>
     <row r="785">
       <c r="A785" t="inlineStr">
         <is>
           <t>2026-02-08</t>
         </is>
       </c>
       <c r="B785" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="786">
+      <c r="A786" t="inlineStr">
+        <is>
+          <t>2026-02-09</t>
+        </is>
+      </c>
+      <c r="B786" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="787">
+      <c r="A787" t="inlineStr">
+        <is>
+          <t>2026-02-10</t>
+        </is>
+      </c>
+      <c r="B787" t="n">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="788">
+      <c r="A788" t="inlineStr">
+        <is>
+          <t>2026-02-11</t>
+        </is>
+      </c>
+      <c r="B788" t="n">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="789">
+      <c r="A789" t="inlineStr">
+        <is>
+          <t>2026-02-12</t>
+        </is>
+      </c>
+      <c r="B789" t="n">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="790">
+      <c r="A790" t="inlineStr">
+        <is>
+          <t>2026-02-13</t>
+        </is>
+      </c>
+      <c r="B790" t="n">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="791">
+      <c r="A791" t="inlineStr">
+        <is>
+          <t>2026-02-14</t>
+        </is>
+      </c>
+      <c r="B791" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="792">
+      <c r="A792" t="inlineStr">
+        <is>
+          <t>2026-02-15</t>
+        </is>
+      </c>
+      <c r="B792" t="n">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="793">
+      <c r="A793" t="inlineStr">
+        <is>
+          <t>2026-02-16</t>
+        </is>
+      </c>
+      <c r="B793" t="n">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="794">
+      <c r="A794" t="inlineStr">
+        <is>
+          <t>2026-02-17</t>
+        </is>
+      </c>
+      <c r="B794" t="n">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="795">
+      <c r="A795" t="inlineStr">
+        <is>
+          <t>2026-02-18</t>
+        </is>
+      </c>
+      <c r="B795" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="796">
+      <c r="A796" t="inlineStr">
+        <is>
+          <t>2026-02-19</t>
+        </is>
+      </c>
+      <c r="B796" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="797">
+      <c r="A797" t="inlineStr">
+        <is>
+          <t>2026-02-20</t>
+        </is>
+      </c>
+      <c r="B797" t="n">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="798">
+      <c r="A798" t="inlineStr">
+        <is>
+          <t>2026-02-21</t>
+        </is>
+      </c>
+      <c r="B798" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="799">
+      <c r="A799" t="inlineStr">
+        <is>
+          <t>2026-02-22</t>
+        </is>
+      </c>
+      <c r="B799" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="800">
+      <c r="A800" t="inlineStr">
+        <is>
+          <t>2026-02-23</t>
+        </is>
+      </c>
+      <c r="B800" t="n">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="801">
+      <c r="A801" t="inlineStr">
+        <is>
+          <t>2026-02-24</t>
+        </is>
+      </c>
+      <c r="B801" t="n">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="802">
+      <c r="A802" t="inlineStr">
+        <is>
+          <t>2026-02-25</t>
+        </is>
+      </c>
+      <c r="B802" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="803">
+      <c r="A803" t="inlineStr">
+        <is>
+          <t>2026-02-26</t>
+        </is>
+      </c>
+      <c r="B803" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="804">
+      <c r="A804" t="inlineStr">
+        <is>
+          <t>2026-02-27</t>
+        </is>
+      </c>
+      <c r="B804" t="n">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="805">
+      <c r="A805" t="inlineStr">
+        <is>
+          <t>2026-02-28</t>
+        </is>
+      </c>
+      <c r="B805" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="806">
+      <c r="A806" t="inlineStr">
+        <is>
+          <t>2026-03-01</t>
+        </is>
+      </c>
+      <c r="B806" t="n">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="807">
+      <c r="A807" t="inlineStr">
+        <is>
+          <t>2026-03-02</t>
+        </is>
+      </c>
+      <c r="B807" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="808">
+      <c r="A808" t="inlineStr">
+        <is>
+          <t>2026-03-03</t>
+        </is>
+      </c>
+      <c r="B808" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="809">
+      <c r="A809" t="inlineStr">
+        <is>
+          <t>2026-03-04</t>
+        </is>
+      </c>
+      <c r="B809" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="810">
+      <c r="A810" t="inlineStr">
+        <is>
+          <t>2026-03-05</t>
+        </is>
+      </c>
+      <c r="B810" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="811">
+      <c r="A811" t="inlineStr">
+        <is>
+          <t>2026-03-06</t>
+        </is>
+      </c>
+      <c r="B811" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="812">
+      <c r="A812" t="inlineStr">
+        <is>
+          <t>2026-03-07</t>
+        </is>
+      </c>
+      <c r="B812" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="813">
+      <c r="A813" t="inlineStr">
+        <is>
+          <t>2026-03-08</t>
+        </is>
+      </c>
+      <c r="B813" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="814">
+      <c r="A814" t="inlineStr">
+        <is>
+          <t>2026-03-09</t>
+        </is>
+      </c>
+      <c r="B814" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="815">
+      <c r="A815" t="inlineStr">
+        <is>
+          <t>2026-03-10</t>
+        </is>
+      </c>
+      <c r="B815" t="n">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="816">
+      <c r="A816" t="inlineStr">
+        <is>
+          <t>2026-03-11</t>
+        </is>
+      </c>
+      <c r="B816" t="n">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="817">
+      <c r="A817" t="inlineStr">
+        <is>
+          <t>2026-03-12</t>
+        </is>
+      </c>
+      <c r="B817" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="818">
+      <c r="A818" t="inlineStr">
+        <is>
+          <t>2026-03-13</t>
+        </is>
+      </c>
+      <c r="B818" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="819">
+      <c r="A819" t="inlineStr">
+        <is>
+          <t>2026-03-14</t>
+        </is>
+      </c>
+      <c r="B819" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="820">
+      <c r="A820" t="inlineStr">
+        <is>
+          <t>2026-03-15</t>
+        </is>
+      </c>
+      <c r="B820" t="n">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="821">
+      <c r="A821" t="inlineStr">
+        <is>
+          <t>2026-03-16</t>
+        </is>
+      </c>
+      <c r="B821" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="822">
+      <c r="A822" t="inlineStr">
+        <is>
+          <t>2026-03-17</t>
+        </is>
+      </c>
+      <c r="B822" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="823">
+      <c r="A823" t="inlineStr">
+        <is>
+          <t>2026-03-18</t>
+        </is>
+      </c>
+      <c r="B823" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="824">
+      <c r="A824" t="inlineStr">
+        <is>
+          <t>2026-03-19</t>
+        </is>
+      </c>
+      <c r="B824" t="n">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="825">
+      <c r="A825" t="inlineStr">
+        <is>
+          <t>2026-03-20</t>
+        </is>
+      </c>
+      <c r="B825" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="826">
+      <c r="A826" t="inlineStr">
+        <is>
+          <t>2026-03-21</t>
+        </is>
+      </c>
+      <c r="B826" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="827">
+      <c r="A827" t="inlineStr">
+        <is>
+          <t>2026-03-22</t>
+        </is>
+      </c>
+      <c r="B827" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="828">
+      <c r="A828" t="inlineStr">
+        <is>
+          <t>2026-03-23</t>
+        </is>
+      </c>
+      <c r="B828" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="829">
+      <c r="A829" t="inlineStr">
+        <is>
+          <t>2026-03-24</t>
+        </is>
+      </c>
+      <c r="B829" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="830">
+      <c r="A830" t="inlineStr">
+        <is>
+          <t>2026-03-25</t>
+        </is>
+      </c>
+      <c r="B830" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="831">
+      <c r="A831" t="inlineStr">
+        <is>
+          <t>2026-03-26</t>
+        </is>
+      </c>
+      <c r="B831" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:B60"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="20" customWidth="1" min="1" max="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="inlineStr">
         <is>
           <t>Country</t>
         </is>
       </c>
       <c r="B1" s="3" t="inlineStr">
         <is>
           <t>Count</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
       <c r="B2" t="n">
-        <v>8</v>
+        <v>9</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>Unknown</t>
         </is>
       </c>
       <c r="B3" t="n">
         <v>2</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>India</t>
         </is>
       </c>
       <c r="B4" t="n">
-        <v>52</v>
+        <v>55</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>United States</t>
         </is>
       </c>
       <c r="B5" t="n">
-        <v>25</v>
+        <v>28</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t>Philippines</t>
         </is>
       </c>
       <c r="B6" t="n">
         <v>5</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>Mexico</t>
         </is>
       </c>
       <c r="B7" t="n">
         <v>2</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
@@ -17823,121 +18743,121 @@
         <is>
           <t>Japan</t>
         </is>
       </c>
       <c r="B9" t="n">
         <v>3</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
           <t>Russia</t>
         </is>
       </c>
       <c r="B10" t="n">
         <v>5</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
           <t>Pakistan</t>
         </is>
       </c>
       <c r="B11" t="n">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
           <t>Vietnam</t>
         </is>
       </c>
       <c r="B12" t="n">
         <v>12</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
           <t>Georgia</t>
         </is>
       </c>
       <c r="B13" t="n">
         <v>1</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
           <t>Indonesia</t>
         </is>
       </c>
       <c r="B14" t="n">
-        <v>29</v>
+        <v>32</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
           <t>China</t>
         </is>
       </c>
       <c r="B15" t="n">
         <v>1</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
           <t>Germany</t>
         </is>
       </c>
       <c r="B16" t="n">
-        <v>10</v>
+        <v>12</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
           <t>Hong Kong</t>
         </is>
       </c>
       <c r="B17" t="n">
         <v>3</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
           <t>Brazil</t>
         </is>
       </c>
       <c r="B18" t="n">
-        <v>7</v>
+        <v>8</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
           <t>United Kingdom</t>
         </is>
       </c>
       <c r="B19" t="n">
         <v>4</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
           <t>Canada</t>
         </is>
       </c>
       <c r="B20" t="n">
         <v>6</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
@@ -18103,51 +19023,51 @@
         <is>
           <t>Slovakia</t>
         </is>
       </c>
       <c r="B37" t="n">
         <v>1</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
           <t>Austria</t>
         </is>
       </c>
       <c r="B38" t="n">
         <v>3</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
           <t>Bangladesh</t>
         </is>
       </c>
       <c r="B39" t="n">
-        <v>8</v>
+        <v>9</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr">
         <is>
           <t>Italy</t>
         </is>
       </c>
       <c r="B40" t="n">
         <v>2</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr">
         <is>
           <t>Denmark</t>
         </is>
       </c>
       <c r="B41" t="n">
         <v>1</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr">
         <is>
@@ -18183,91 +19103,91 @@
         <is>
           <t>Sri Lanka</t>
         </is>
       </c>
       <c r="B45" t="n">
         <v>1</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="inlineStr">
         <is>
           <t>Cyprus</t>
         </is>
       </c>
       <c r="B46" t="n">
         <v>1</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="inlineStr">
         <is>
           <t>South Korea</t>
         </is>
       </c>
       <c r="B47" t="n">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="inlineStr">
         <is>
           <t>Cambodia</t>
         </is>
       </c>
       <c r="B48" t="n">
         <v>5</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="inlineStr">
         <is>
           <t>Argentina</t>
         </is>
       </c>
       <c r="B49" t="n">
         <v>1</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="inlineStr">
         <is>
           <t>Czechia</t>
         </is>
       </c>
       <c r="B50" t="n">
         <v>1</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="inlineStr">
         <is>
           <t>Colombia</t>
         </is>
       </c>
       <c r="B51" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="inlineStr">
         <is>
           <t>Palestine</t>
         </is>
       </c>
       <c r="B52" t="n">
         <v>1</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="inlineStr">
         <is>
           <t>Armenia</t>
         </is>
       </c>
       <c r="B53" t="n">
         <v>1</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="inlineStr">
         <is>